--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -21,109 +21,111 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="719581A7" w14:textId="77777777" w:rsidR="000E5A2D" w:rsidRDefault="000E5A2D" w:rsidP="00F13EC6">
       <w:pPr>
         <w:pStyle w:val="Cmsor"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9BDDF4" w14:textId="1BB8164F" w:rsidR="00D12A71" w:rsidRDefault="00D12A71" w:rsidP="00D12A71">
+    <w:p w14:paraId="1B0755C8" w14:textId="03728EEF" w:rsidR="00F34814" w:rsidRDefault="00D12A71" w:rsidP="00F34814">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3100">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Iktatószám: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DE1">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MNL/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A30523">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SzSzBVL</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FD7DE1">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FD7DE1">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FD7DE1">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-…/202</w:t>
       </w:r>
-      <w:r w:rsidR="006E567D">
+      <w:r w:rsidR="00F34814">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699E9DE6" w14:textId="77777777" w:rsidR="00D12A71" w:rsidRPr="00F13EC6" w:rsidRDefault="00D12A71" w:rsidP="00F13EC6">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F059A9B" w14:textId="4F5D726C" w:rsidR="00D12A71" w:rsidRPr="00073F86" w:rsidRDefault="00073F86" w:rsidP="002C42EE">
       <w:pPr>
         <w:pStyle w:val="Cmsor"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1225,51 +1227,99 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="453"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F13EC6">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Az ellenőrzött szerv közvetlen jogelődei tevékenységelődei (legutolsó levéltári ellenőrzés óta bekövetkezett változások) </w:t>
+        <w:t xml:space="preserve">Az ellenőrzött szerv közvetlen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>jogelődei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>tevékenységelődei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (legutolsó levéltári ellenőrzés óta bekövetkezett változások) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1780"/>
         <w:gridCol w:w="1850"/>
         <w:gridCol w:w="1806"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1814"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA1E12" w:rsidRPr="006F5786" w14:paraId="2EA620CF" w14:textId="77777777" w:rsidTr="0092230B">
         <w:trPr>
@@ -3118,101 +3168,148 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B68DF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Az értékelési rész 3-8. és 11. oszlopát a levéltár tölti ki. A négyzetbe beírt </w:t>
       </w:r>
       <w:r w:rsidRPr="005B68DF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>i(gen), n(em)</w:t>
+        <w:t>i(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B68DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>gen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B68DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>), n(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B68DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B68DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005B68DF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> jelöli majd a megfelelőséget.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2399"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B68DF" w:rsidRPr="005B68DF" w14:paraId="4FFB290E" w14:textId="77777777" w:rsidTr="00F13EC6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6737E66E" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="668FE872" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
@@ -3221,51 +3318,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39D53921" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43FD670D" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
@@ -3274,51 +3370,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B67432C" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7388ECF0" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3326,51 +3421,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66F69A10" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D8140CA" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3378,51 +3472,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="029F4B38" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="341561E9" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3430,51 +3523,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3359F4D3" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D121095" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3482,51 +3574,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5912D402" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="425C2D30" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3534,51 +3625,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="653E69D2" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="266E7FE6" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3637,51 +3727,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="217AFF1F" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="069A05A2" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3689,51 +3778,50 @@
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD6C242" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12E756D7" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
@@ -3748,85 +3836,83 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B68DF" w:rsidRPr="005B68DF" w14:paraId="0E64689D" w14:textId="77777777" w:rsidTr="00F13EC6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1713"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7162EBB4" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Irattár sor-száma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF94EA0" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
@@ -3839,274 +3925,281 @@
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> helye és címe (emelet, ajtó)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="494A423E" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>Klimatikai viszonyok</w:t>
+              <w:t>Klimatikai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005B68DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> viszonyok</w:t>
             </w:r>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="40DC1093" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Fényviszony</w:t>
             </w:r>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="5574BF41" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Tisztaság</w:t>
             </w:r>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="7AD9F102" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Kizárólag irattár</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="15FFD61C" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Tűzbiztos</w:t>
             </w:r>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="12C5B7BB" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -4124,93 +4217,115 @@
           <w:p w14:paraId="46264651" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>Befogadó-képesség (pfm)</w:t>
+              <w:t>Befogadó-képesség (</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005B68DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:t>pfm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005B68DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="456472E8" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Telítettség (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3999142F" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="008F1281">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
@@ -4232,1254 +4347,1204 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B68DF">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>(beázás vagy egyéb káresemény történt-e korábban, nyomai az irattár-ban)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B68DF" w:rsidRPr="005B68DF" w14:paraId="118F7946" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D0E0CDA" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="00B55B2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0FDB6A" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6151A3" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7685DC23" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="085B29B9" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C5C4D30" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C0A0001" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56AF10D6" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1525BFEE" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6440CD4C" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2510D386" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B68DF" w:rsidRPr="005B68DF" w14:paraId="2E6A3781" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="482C31BE" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="00B55B2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="627D3285" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7807F2C0" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F8B92B" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57E4858E" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E477BE" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BD2A816" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B873BC4" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0CBE12" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E499A5" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E7385D" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B68DF" w:rsidRPr="005B68DF" w14:paraId="38CAC155" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE02309" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="00B55B2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20ACDB93" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22705EEF" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BF6CA12" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55B2E6CF" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B4D7DF9" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76E68D13" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BF0705" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7CFAB3" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AA5B20" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F76BA02" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6212" w:rsidRPr="005B68DF" w14:paraId="15D24F4B" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5567B537" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212" w:rsidP="00B55B2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069FE8EF" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB7C628" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0839C241" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ADDE34C" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D65B07B" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6130184D" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D2135F7" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1FFF19" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C8A4F07" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21069D6E" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6212" w:rsidRPr="005B68DF" w14:paraId="49EFAD65" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4038AAEA" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212" w:rsidP="00B55B2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5901B576" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319B63A2" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="314A09AE" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00622B29" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="511E7A4B" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19466425" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C7C9996" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="131CE789" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56EB36A7" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2399" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189C943D" w14:textId="77777777" w:rsidR="00CE6212" w:rsidRPr="005B68DF" w:rsidRDefault="00CE6212">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0ADBCF3D" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="005B68DF" w:rsidRDefault="005B68DF" w:rsidP="005B68DF">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
@@ -5856,96 +5921,94 @@
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1126"/>
         <w:gridCol w:w="1075"/>
         <w:gridCol w:w="1658"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="953"/>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="1288"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="40507505" w14:textId="77777777" w:rsidTr="0092230B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA951B6" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Irattár sorszáma</w:t>
             </w:r>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53B0890F" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
@@ -6051,128 +6114,149 @@
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Rendszere</w:t>
             </w:r>
             <w:r w:rsidR="006225A4">
               <w:rPr>
                 <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A23688" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Évköre</w:t>
             </w:r>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E12C8B0" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>Az iratanyag terjedelme (ifm)</w:t>
+              <w:t>Az iratanyag terjedelme (</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A4B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:t>ifm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A4B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41A9D424" w14:textId="787C9585" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="00C235C3" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>S</w:t>
@@ -6182,51 +6266,50 @@
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>elejtezhető</w:t>
             </w:r>
             <w:r w:rsidR="00E77030">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B3C3881" w14:textId="67CBE230" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="00C235C3" w:rsidP="007A4B82">
             <w:pPr>
               <w:ind w:left="-93" w:right="-111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
@@ -6253,791 +6336,755 @@
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (%</w:t>
             </w:r>
             <w:r w:rsidR="005B4D56">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="4573A1F1" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69A61795" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E39602" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFE8D43" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C7E2891" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE72BCE" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55882B51" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F2A614" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDA3D6E" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="06BD22B8" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0018737F" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4513738D" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1644CCB5" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="686DECC1" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C20A05F" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AB54ACE" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4803A910" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F7997B0" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="13473246" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E98FEA" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B42B7C9" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09916134" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="294AD0CC" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3638F1D6" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41A25C69" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CBFEE6E" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2AB3F9" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="0F20BCC0" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D60609A" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6566BE1F" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3198A4B9" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F4118B" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7951CE25" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="525E5AAD" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08C974CB" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33925056" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="750A7E80" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F5CC7E" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B2E732" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775C58E1" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CCAA959" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75CF8DAD" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="367B1797" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B44CB81" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="093FF0EE" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A4B82" w:rsidRPr="007A4B82" w14:paraId="419E704C" w14:textId="77777777" w:rsidTr="002A7563">
         <w:trPr>
           <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EA3DC80" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="00B55B2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4B82">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Összesen</w:t>
             </w:r>
@@ -7096,51 +7143,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F33C58B" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="202E24BD" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254425D4" w14:textId="77777777" w:rsidR="007A4B82" w:rsidRPr="007A4B82" w:rsidRDefault="007A4B82" w:rsidP="002A7563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -8082,52 +8128,64 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Az ellenőrzött szerv levéltárba kívánja-e adni az állami gazdálkodó szervezet privatizálása előtt keletkezett nem selejtezhető iratait az 1995. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00675108">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>évi  LXVI</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00675108">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. tv. 34. § (3) szerint?:</w:t>
-      </w:r>
+        <w:t xml:space="preserve">. tv. 34. § (3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00675108">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>szerint?:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="06AC08F1" w14:textId="77777777" w:rsidR="00423E05" w:rsidRPr="00F13EC6" w:rsidRDefault="00675108" w:rsidP="00F13EC6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00675108">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a) amennyiben az iratok levéltári átadásra kerülnek, az átadás tervezett időpontja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DFB5F5" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00676680">
@@ -8727,142 +8785,138 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3028"/>
         <w:gridCol w:w="3017"/>
         <w:gridCol w:w="3025"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E24D58" w:rsidRPr="00E24D58" w14:paraId="354B79A8" w14:textId="77777777" w:rsidTr="0092230B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BF211D4" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A2FDE9" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24D58">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>P.H.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3025" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F38BEA" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24D58" w:rsidRPr="00E24D58" w14:paraId="705158DC" w14:textId="77777777" w:rsidTr="0092230B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B870038" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24D58">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>A Magyar Nemzeti Levéltár</w:t>
             </w:r>
@@ -8883,77 +8937,75 @@
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30523">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Szabolcs-Szatmár-Bereg Vármegyei Levéltár</w:t>
             </w:r>
             <w:r w:rsidR="00E24D58" w:rsidRPr="00E24D58">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> részéről</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D18EF9F" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70AD8ACA" w14:textId="77777777" w:rsidR="00E24D58" w:rsidRPr="00E24D58" w:rsidRDefault="00E24D58" w:rsidP="00E24D58">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24D58">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>a [szerv neve]</w:t>
             </w:r>
@@ -8989,58 +9041,58 @@
     <w:p w14:paraId="7BCAF3F1" w14:textId="77777777" w:rsidR="00765D12" w:rsidRPr="00F13EC6" w:rsidRDefault="00765D12" w:rsidP="008F1281">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00765D12" w:rsidRPr="00F13EC6" w:rsidSect="00E86FD1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E6A992A" w14:textId="77777777" w:rsidR="007A6978" w:rsidRDefault="007A6978">
+    <w:p w14:paraId="5EFCAD99" w14:textId="77777777" w:rsidR="006923F0" w:rsidRDefault="006923F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EEE9F04" w14:textId="77777777" w:rsidR="007A6978" w:rsidRDefault="007A6978">
+    <w:p w14:paraId="7B94CBF4" w14:textId="77777777" w:rsidR="006923F0" w:rsidRDefault="006923F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -9050,51 +9102,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:panose1 w:val="02040503050203030202"/>
+    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9243,58 +9295,58 @@
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00F13EC6">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2ECA5517" w14:textId="77777777" w:rsidR="00ED52D6" w:rsidRDefault="00ED52D6">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:sz w:val="23"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D2A95B7" w14:textId="77777777" w:rsidR="007A6978" w:rsidRDefault="007A6978">
+    <w:p w14:paraId="5922AF8C" w14:textId="77777777" w:rsidR="006923F0" w:rsidRDefault="006923F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36D32C57" w14:textId="77777777" w:rsidR="007A6978" w:rsidRDefault="007A6978">
+    <w:p w14:paraId="27322EDA" w14:textId="77777777" w:rsidR="006923F0" w:rsidRDefault="006923F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="68F283E6" w14:textId="77777777" w:rsidR="00CA1E12" w:rsidRPr="001133C5" w:rsidRDefault="00CA1E12" w:rsidP="00CA1E12">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3ABB058B" w14:textId="77777777" w:rsidR="005B68DF" w:rsidRPr="001133C5" w:rsidRDefault="005B68DF" w:rsidP="005B68DF">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:iCs/>
         </w:rPr>
@@ -11511,54 +11563,54 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="946623068">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1057440177">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1770392547">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1679114043">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1945764115">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1580363478">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="357"/>
   <w:defaultTableStyle w:val="Norml"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11603,115 +11655,118 @@
     <w:rsid w:val="003D71E6"/>
     <w:rsid w:val="003E4BE9"/>
     <w:rsid w:val="00410532"/>
     <w:rsid w:val="00423E05"/>
     <w:rsid w:val="00425DA4"/>
     <w:rsid w:val="004462D8"/>
     <w:rsid w:val="004B75E1"/>
     <w:rsid w:val="004F3757"/>
     <w:rsid w:val="004F466E"/>
     <w:rsid w:val="0051261D"/>
     <w:rsid w:val="0052015F"/>
     <w:rsid w:val="005A0476"/>
     <w:rsid w:val="005B3486"/>
     <w:rsid w:val="005B4D56"/>
     <w:rsid w:val="005B68DF"/>
     <w:rsid w:val="00601F21"/>
     <w:rsid w:val="0060573A"/>
     <w:rsid w:val="006108E0"/>
     <w:rsid w:val="006225A4"/>
     <w:rsid w:val="0064564E"/>
     <w:rsid w:val="00653A88"/>
     <w:rsid w:val="006608F7"/>
     <w:rsid w:val="00665002"/>
     <w:rsid w:val="00675108"/>
     <w:rsid w:val="00676680"/>
+    <w:rsid w:val="006923F0"/>
     <w:rsid w:val="006C6DFA"/>
     <w:rsid w:val="006E567D"/>
     <w:rsid w:val="007137A7"/>
     <w:rsid w:val="00721A0A"/>
     <w:rsid w:val="00765D12"/>
     <w:rsid w:val="007A4B82"/>
     <w:rsid w:val="007A6978"/>
     <w:rsid w:val="007E6756"/>
     <w:rsid w:val="00820B4D"/>
     <w:rsid w:val="00826B91"/>
     <w:rsid w:val="00876FC1"/>
     <w:rsid w:val="008920BC"/>
     <w:rsid w:val="008C54B7"/>
     <w:rsid w:val="008F0EDE"/>
     <w:rsid w:val="008F1281"/>
     <w:rsid w:val="008F16C9"/>
     <w:rsid w:val="008F22EE"/>
     <w:rsid w:val="00917757"/>
     <w:rsid w:val="0092230B"/>
     <w:rsid w:val="00923F72"/>
     <w:rsid w:val="00950847"/>
     <w:rsid w:val="0096204E"/>
     <w:rsid w:val="009B1E04"/>
     <w:rsid w:val="009C5832"/>
     <w:rsid w:val="009D5024"/>
     <w:rsid w:val="00A12300"/>
     <w:rsid w:val="00A130DC"/>
     <w:rsid w:val="00A272DE"/>
     <w:rsid w:val="00A30523"/>
     <w:rsid w:val="00A3627C"/>
     <w:rsid w:val="00A63820"/>
     <w:rsid w:val="00A91C85"/>
     <w:rsid w:val="00A92F08"/>
+    <w:rsid w:val="00AD6923"/>
     <w:rsid w:val="00B05E3E"/>
     <w:rsid w:val="00B06171"/>
     <w:rsid w:val="00B30053"/>
     <w:rsid w:val="00B55B2C"/>
     <w:rsid w:val="00BD08D7"/>
     <w:rsid w:val="00BF3CFD"/>
     <w:rsid w:val="00C235C3"/>
     <w:rsid w:val="00C27C6A"/>
     <w:rsid w:val="00C432DB"/>
     <w:rsid w:val="00C46E6C"/>
     <w:rsid w:val="00C477AB"/>
     <w:rsid w:val="00C63D49"/>
     <w:rsid w:val="00C8132E"/>
     <w:rsid w:val="00CA1E12"/>
     <w:rsid w:val="00CC196E"/>
     <w:rsid w:val="00CE6212"/>
     <w:rsid w:val="00D114F4"/>
     <w:rsid w:val="00D12A71"/>
     <w:rsid w:val="00D36C77"/>
     <w:rsid w:val="00D72F86"/>
     <w:rsid w:val="00D92FCF"/>
     <w:rsid w:val="00DB3035"/>
     <w:rsid w:val="00DF1FE6"/>
     <w:rsid w:val="00E24D58"/>
     <w:rsid w:val="00E32B47"/>
     <w:rsid w:val="00E51596"/>
     <w:rsid w:val="00E77030"/>
     <w:rsid w:val="00E8097C"/>
     <w:rsid w:val="00E86FD1"/>
     <w:rsid w:val="00ED52D6"/>
     <w:rsid w:val="00F13EC6"/>
     <w:rsid w:val="00F3346D"/>
+    <w:rsid w:val="00F34814"/>
     <w:rsid w:val="00F66D36"/>
     <w:rsid w:val="00FB51CC"/>
     <w:rsid w:val="00FE09A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>