--- v0 (2025-10-29)
+++ v1 (2026-02-09)
@@ -35,126 +35,136 @@
     <w:p w14:paraId="6EFFEEB7" w14:textId="77777777" w:rsidR="0091622E" w:rsidRDefault="0091622E" w:rsidP="00180A48">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B75E4B4" w14:textId="77777777" w:rsidR="00B20BF0" w:rsidRDefault="00B20BF0">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk71103732"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk71450813"/>
     </w:p>
-    <w:p w14:paraId="24D3C1E8" w14:textId="2406EBC7" w:rsidR="00D23D9D" w:rsidRPr="002336A1" w:rsidRDefault="00D23D9D" w:rsidP="00C404C3">
+    <w:p w14:paraId="24D3C1E8" w14:textId="249AF12A" w:rsidR="00D23D9D" w:rsidRPr="002336A1" w:rsidRDefault="00D23D9D" w:rsidP="00C404C3">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3100">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Iktatószám: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MNL</w:t>
       </w:r>
       <w:r w:rsidR="002A16B7">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/SzSzBVL</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C404C3">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A16B7">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00450807" w:rsidRPr="00C404C3">
+        <w:t>SzSzBVL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…….</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00450807" w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-…</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C404C3">
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00450807" w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925B58">
+        <w:t>-…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="0003434D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="002336A1">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="6AC2A623" w14:textId="77777777" w:rsidR="00D23D9D" w:rsidRPr="00450807" w:rsidRDefault="00D23D9D" w:rsidP="00D23D9D">
       <w:pPr>
         <w:pStyle w:val="Szvegtrzs"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="486C8A25" w14:textId="77777777" w:rsidR="00B51801" w:rsidRPr="00C404C3" w:rsidRDefault="00B51801" w:rsidP="00C404C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -2626,51 +2636,95 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="453"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk71451328"/>
       <w:bookmarkStart w:id="15" w:name="_Hlk71451904"/>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Az ellenőrzött szerv közvetlen jogelődei tevékenységelődei (legutolsó levéltári ellenőrzés óta bekövetkezett változások) </w:t>
+        <w:t xml:space="preserve">Az ellenőrzött szerv közvetlen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jogelődei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tevékenységelődei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (legutolsó levéltári ellenőrzés óta bekövetkezett változások) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1780"/>
         <w:gridCol w:w="1850"/>
         <w:gridCol w:w="1806"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1814"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF12A6" w:rsidRPr="00DA0200" w14:paraId="2ED7FDD5" w14:textId="77777777" w:rsidTr="0059145B">
         <w:trPr>
@@ -3937,274 +3991,270 @@
             </w:r>
             <w:r w:rsidR="00DC12AD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00DF12A6" w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>z iratkezelési rendszer fajtája</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="958" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="532F43B9" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Iratátvétel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57460252" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Postabontás</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33D3F621" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Érkeztetés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="659630DE" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Iktatás</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4DDDAF88" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Irattározás</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF12A6" w:rsidRPr="00DA0200" w14:paraId="2D9653E6" w14:textId="77777777" w:rsidTr="00C404C3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2178" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct35" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="428B1FCD" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E4FD576" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(szervezeti egység szerint)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07BCEF7B" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(könyvek szerint)</w:t>
@@ -4592,51 +4642,50 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DEBCE48" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00E65574" w:rsidP="00157AA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6006,60 +6055,62 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D23A1BD" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Irattározás</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B00C826" w14:textId="77777777" w:rsidR="00DF12A6" w:rsidRPr="00C404C3" w:rsidRDefault="00DF12A6" w:rsidP="0059145B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
@@ -10292,58 +10343,69 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Végeztek-e fájlcsatolást?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15FF5899" w14:textId="1F52E4DC" w:rsidR="0059145B" w:rsidRPr="00C404C3" w:rsidRDefault="0059145B" w:rsidP="0059145B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C404C3">
-[...6 lines deleted...]
-              <w:t>Migrálás történt-e</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C404C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Migrálás</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C404C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> történt-e</w:t>
             </w:r>
             <w:r w:rsidR="00B377F7">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0200" w:rsidRPr="00DA0200" w14:paraId="21A2AA2E" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="555"/>
@@ -10477,51 +10539,91 @@
     </w:p>
     <w:p w14:paraId="32BED54C" w14:textId="77777777" w:rsidR="0059145B" w:rsidRDefault="0059145B" w:rsidP="00C404C3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ha történt migrálás, volt-e probléma, és ha igen, milyen (típusú) adatok migrálásával, és milyen tapasztalatokat szereztek az eljárás során?</w:t>
+        <w:t xml:space="preserve">Ha történt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>migrálás</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, volt-e probléma, és ha igen, milyen (típusú) adatok </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>migrálásával</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, és milyen tapasztalatokat szereztek az eljárás során?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E098DAA" w14:textId="77777777" w:rsidR="00785957" w:rsidRDefault="00785957">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F8C906B" w14:textId="77777777" w:rsidR="00785957" w:rsidRDefault="00785957">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11074,431 +11176,467 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Hlk71452598"/>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Az értékelési rész 3-8. és 11. oszlopát a levéltár tölti ki. A négyzetbe beírt </w:t>
       </w:r>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>i(gen), n(em)</w:t>
+        <w:t>i(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), n(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> jelöli majd a megfelelőséget.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9049" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="009773B9" w:rsidRPr="00DA0200" w14:paraId="6BCD3990" w14:textId="77777777" w:rsidTr="00C404C3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359B3459" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E3418BE" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA605C4" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F381AC1" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16671CD5" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CC9CC22" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34A8E308" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E1A89F7" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B2B9D52" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="033F55C5" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FCA0729" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74818A42" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28A1F911" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68DCDB03" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCAFA1F" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34EA7704" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
@@ -11547,98 +11685,96 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71A81199" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57B7FBD6" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48453841" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="228BE497" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00C404C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -11648,93 +11784,91 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009773B9" w:rsidRPr="00DA0200" w14:paraId="3E31010B" w14:textId="77777777" w:rsidTr="00C404C3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1713"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2638CE" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Irattár sor-száma</w:t>
             </w:r>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="445E1B77" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Irattár neve,</w:t>
             </w:r>
@@ -11742,350 +11876,376 @@
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> helye és címe (emelet, ajtó)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="69507BE5" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Klimatikai viszonyok</w:t>
-            </w:r>
+              <w:t>Klimatikai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:vertAlign w:val="superscript"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> viszonyok</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C404C3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FADEDF6" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:vertAlign w:val="superscript"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>Fényviszony</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C404C3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="6"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8ED42D" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:vertAlign w:val="superscript"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>Tisztaság</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C404C3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="286EAC13" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C404C3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kizárólag irattár</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CC13B1" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:vertAlign w:val="superscript"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>Tűzbiztos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C404C3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="081C4F63" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C404C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Zárható</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="411E3386" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Befogadó-képesség (pfm)</w:t>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Befogadó-képesség (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pfm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C404C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAB7C1D" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telítettség (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C5359B" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00B20BF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Megjegyzés</w:t>
             </w:r>
@@ -12101,699 +12261,669 @@
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C404C3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(beázás vagy egyéb káresemény történt-e korábban, nyomai az irattár-ban)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009773B9" w:rsidRPr="00DA0200" w14:paraId="7BA3C6BD" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7901CBC0" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F26CE6" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73489FF9" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="442E0D4A" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C0B736" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D41589A" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF0D873" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48AC78B6" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9FBC28" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A01FC6F" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193E071E" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="23"/>
       <w:tr w:rsidR="009773B9" w:rsidRPr="00DA0200" w14:paraId="6CD88CCE" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="550C2D61" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F35D1A8" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB8F7B1" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79031D16" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="077FC264" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B51314C" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04DD0894" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E9ED2AF" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0550E7" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CFD72C7" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3229135C" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009773B9" w:rsidRPr="00DA0200" w14:paraId="4E234D2F" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A9EB99D" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4643A2C3" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC7EDCE" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FFABEF2" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="417C0BDA" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EDF7E0A" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF32949" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0183C5B1" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3743C7A1" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4E4B66" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CAF5A2D" w14:textId="77777777" w:rsidR="00F6485C" w:rsidRPr="00C404C3" w:rsidRDefault="00F6485C" w:rsidP="00157AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="24"/>
     </w:tbl>
     <w:p w14:paraId="3B54DFF0" w14:textId="77777777" w:rsidR="00D23D9D" w:rsidRPr="00C404C3" w:rsidRDefault="00D23D9D" w:rsidP="00D23D9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -12897,92 +13027,90 @@
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1126"/>
         <w:gridCol w:w="1075"/>
         <w:gridCol w:w="1658"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="953"/>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="1288"/>
       </w:tblGrid>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="4E298F3E" w14:textId="77777777" w:rsidTr="007646E1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBA4D1C" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="007646E1" w:rsidP="007646E1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Irattár sorszáma</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292D1845" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="007646E1" w:rsidP="007646E1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Az iratok keletkeztetője</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA57EA">
@@ -13074,170 +13202,188 @@
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rendszere</w:t>
             </w:r>
             <w:r w:rsidR="000C01EC">
               <w:rPr>
                 <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C71D0FA" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="007646E1" w:rsidP="007646E1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Évköre</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="12"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656AF7BC" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="007646E1" w:rsidP="007646E1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Az iratanyag terjedelme (ifm)</w:t>
-[...12 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+              <w:t>Az iratanyag terjedelme (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ifm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA57EA">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007646E1" w:rsidRPr="00CA57EA">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AEDD4F" w14:textId="4A435639" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="0077742D" w:rsidP="007646E1">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="000C01EC">
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="007646E1" w:rsidRPr="00CA57EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>elejtezhető</w:t>
+            </w:r>
+            <w:r w:rsidR="000C01EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766CFCC2" w14:textId="4FAB348E" w:rsidR="007646E1" w:rsidRPr="00CA57EA" w:rsidRDefault="0077742D" w:rsidP="007646E1">
             <w:pPr>
               <w:ind w:left="-93" w:right="-111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="007646E1" w:rsidRPr="00CA57EA">
@@ -13248,711 +13394,675 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aradandó</w:t>
             </w:r>
             <w:r w:rsidR="000C01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="2686BE69" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B69259A" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BD443E2" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193D251F" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59C5DF04" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1709849B" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6330F437" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6815CDE0" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2787F9CC" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="7C6C3C29" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A437792" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="294EE313" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="526A0ADF" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="492FE4FA" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D702E1A" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63A568C5" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BB138CA" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38DC7473" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="40F0B8C0" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F4CEFAC" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25938037" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26AA7295" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73FA853C" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD63718" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710C8DED" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09ADA0D5" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FFB5DC" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="0AA8BAED" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DEC72F1" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2302758C" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30644836" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12331CFB" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DEB8919" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF75B99" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F81DC6B" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23F1B490" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="0DB855B7" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0617DBEF" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C5D1E63" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B63AF80" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A50C526" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A82230" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18346E0C" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6E7756" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1288" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EE4E1D3" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007646E1" w:rsidRPr="00DA0200" w14:paraId="700377C7" w14:textId="77777777" w:rsidTr="00157AA9">
         <w:trPr>
           <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73BCFCD5" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00017B47">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Összesen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14000,51 +14110,50 @@
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDCCE50" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E3B42C" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A83BF0B" w14:textId="77777777" w:rsidR="007646E1" w:rsidRPr="00017B47" w:rsidRDefault="007646E1" w:rsidP="00157AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14198,81 +14307,135 @@
     <w:p w14:paraId="5DFB9583" w14:textId="77777777" w:rsidR="00056F5C" w:rsidRPr="00C404C3" w:rsidRDefault="00056F5C" w:rsidP="00C404C3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Hlk71453240"/>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Évköre (-tól –ig)</w:t>
+        <w:t>Évköre (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tól</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F61026">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A3A366" w14:textId="77777777" w:rsidR="00056F5C" w:rsidRPr="00C404C3" w:rsidRDefault="00056F5C" w:rsidP="00C404C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Terjedelme (ifm): </w:t>
+        <w:t>Terjedelme (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ifm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C404C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC04D9A" w14:textId="77777777" w:rsidR="00F746D3" w:rsidRPr="00C63924" w:rsidRDefault="00056F5C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C404C3">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Az anyakönyvek, törzslapok hiánytalanok-e?</w:t>
       </w:r>
@@ -15181,138 +15344,134 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3070"/>
         <w:gridCol w:w="3070"/>
         <w:gridCol w:w="3071"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D51A51" w:rsidRPr="0079132B" w14:paraId="5D8BBA2E" w14:textId="77777777" w:rsidTr="00B20BF0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15002A92" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="426DCD26" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079132B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>P.H.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="096407CB" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D51A51" w:rsidRPr="0079132B" w14:paraId="0CA5D8CA" w14:textId="77777777" w:rsidTr="00B20BF0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="547262D5" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079132B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>A Magyar Nemzeti Levéltár</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43466357" w14:textId="6F93B185" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="002A16B7" w:rsidP="00B20BF0">
@@ -15328,76 +15487,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Szabolcs-Szatmár-Bereg Vármegyei Levéltára </w:t>
             </w:r>
             <w:r w:rsidR="00D51A51" w:rsidRPr="0079132B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>részéről</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E5DD1E6" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="704A67D4" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079132B">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
               </w:rPr>
               <w:t>a [szerv neve]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="717E12D8" w14:textId="77777777" w:rsidR="00D51A51" w:rsidRPr="0079132B" w:rsidRDefault="00D51A51" w:rsidP="00B20BF0">
@@ -15431,58 +15588,58 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7371"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004C098C" w:rsidRPr="002336A1" w:rsidSect="001F1AFF">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1077" w:bottom="1418" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="572D331D" w14:textId="77777777" w:rsidR="002330A6" w:rsidRDefault="002330A6" w:rsidP="00D23D9D">
+    <w:p w14:paraId="132F64F3" w14:textId="77777777" w:rsidR="00EB6CFD" w:rsidRDefault="00EB6CFD" w:rsidP="00D23D9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B2F91F4" w14:textId="77777777" w:rsidR="002330A6" w:rsidRDefault="002330A6" w:rsidP="00D23D9D">
+    <w:p w14:paraId="7135F550" w14:textId="77777777" w:rsidR="00EB6CFD" w:rsidRDefault="00EB6CFD" w:rsidP="00D23D9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -15706,58 +15863,58 @@
     <w:r w:rsidRPr="00DD0F9F">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="30157950" w14:textId="77777777" w:rsidR="005A6811" w:rsidRPr="00DD0F9F" w:rsidRDefault="005A6811">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1767C78D" w14:textId="77777777" w:rsidR="002330A6" w:rsidRDefault="002330A6" w:rsidP="00D23D9D">
+    <w:p w14:paraId="6320DC4B" w14:textId="77777777" w:rsidR="00EB6CFD" w:rsidRDefault="00EB6CFD" w:rsidP="00D23D9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7604A887" w14:textId="77777777" w:rsidR="002330A6" w:rsidRDefault="002330A6" w:rsidP="00D23D9D">
+    <w:p w14:paraId="43C919C4" w14:textId="77777777" w:rsidR="00EB6CFD" w:rsidRDefault="00EB6CFD" w:rsidP="00D23D9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="68074CF6" w14:textId="77777777" w:rsidR="005A6811" w:rsidRPr="006447D0" w:rsidRDefault="005A6811" w:rsidP="00C404C3">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="7B2058F9" w14:textId="77777777" w:rsidR="005A6811" w:rsidRPr="006447D0" w:rsidRDefault="005A6811" w:rsidP="00C404C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
@@ -18109,84 +18266,85 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1339429606">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="634797181">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1875842366">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2111705028">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1005744634">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1274166211">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D23D9D"/>
     <w:rsid w:val="00003999"/>
     <w:rsid w:val="00005C3F"/>
     <w:rsid w:val="00007155"/>
     <w:rsid w:val="00017B47"/>
     <w:rsid w:val="00020594"/>
     <w:rsid w:val="00032256"/>
+    <w:rsid w:val="0003434D"/>
     <w:rsid w:val="000412A4"/>
     <w:rsid w:val="00056F5C"/>
     <w:rsid w:val="0006072C"/>
     <w:rsid w:val="00062271"/>
     <w:rsid w:val="00064988"/>
     <w:rsid w:val="00064D88"/>
     <w:rsid w:val="00072359"/>
     <w:rsid w:val="00074A0C"/>
     <w:rsid w:val="00082519"/>
     <w:rsid w:val="0008684E"/>
     <w:rsid w:val="000A0FED"/>
     <w:rsid w:val="000A26C4"/>
     <w:rsid w:val="000C01EC"/>
     <w:rsid w:val="000D0EF7"/>
     <w:rsid w:val="000F02BC"/>
     <w:rsid w:val="000F46EE"/>
     <w:rsid w:val="000F5C02"/>
     <w:rsid w:val="00106481"/>
     <w:rsid w:val="00110B0A"/>
     <w:rsid w:val="00111D44"/>
     <w:rsid w:val="0011312F"/>
     <w:rsid w:val="001135D7"/>
     <w:rsid w:val="00116B11"/>
     <w:rsid w:val="001359B6"/>
     <w:rsid w:val="00150DDC"/>
@@ -18377,50 +18535,51 @@
     <w:rsid w:val="00943CEB"/>
     <w:rsid w:val="00956F2B"/>
     <w:rsid w:val="009634C8"/>
     <w:rsid w:val="00963754"/>
     <w:rsid w:val="009653CD"/>
     <w:rsid w:val="009773B9"/>
     <w:rsid w:val="00980E68"/>
     <w:rsid w:val="009822F5"/>
     <w:rsid w:val="00997C95"/>
     <w:rsid w:val="009A28F3"/>
     <w:rsid w:val="009A561E"/>
     <w:rsid w:val="009A6AA7"/>
     <w:rsid w:val="00A01C0B"/>
     <w:rsid w:val="00A032F3"/>
     <w:rsid w:val="00A041B3"/>
     <w:rsid w:val="00A070DC"/>
     <w:rsid w:val="00A35E8B"/>
     <w:rsid w:val="00A426D1"/>
     <w:rsid w:val="00A45BC5"/>
     <w:rsid w:val="00A77584"/>
     <w:rsid w:val="00A80065"/>
     <w:rsid w:val="00A9096C"/>
     <w:rsid w:val="00AA2CAF"/>
     <w:rsid w:val="00AB71E4"/>
     <w:rsid w:val="00AD0700"/>
+    <w:rsid w:val="00AD6923"/>
     <w:rsid w:val="00AE3100"/>
     <w:rsid w:val="00AF457D"/>
     <w:rsid w:val="00AF5C23"/>
     <w:rsid w:val="00B068C4"/>
     <w:rsid w:val="00B11DAD"/>
     <w:rsid w:val="00B20BF0"/>
     <w:rsid w:val="00B21434"/>
     <w:rsid w:val="00B21484"/>
     <w:rsid w:val="00B31808"/>
     <w:rsid w:val="00B377F7"/>
     <w:rsid w:val="00B450CD"/>
     <w:rsid w:val="00B51801"/>
     <w:rsid w:val="00B56C33"/>
     <w:rsid w:val="00B609BB"/>
     <w:rsid w:val="00B656C6"/>
     <w:rsid w:val="00B73EC0"/>
     <w:rsid w:val="00B8017F"/>
     <w:rsid w:val="00B8773A"/>
     <w:rsid w:val="00B91CB0"/>
     <w:rsid w:val="00BA38E4"/>
     <w:rsid w:val="00BA59FA"/>
     <w:rsid w:val="00BB18BA"/>
     <w:rsid w:val="00BB7DCB"/>
     <w:rsid w:val="00BD0EB4"/>
     <w:rsid w:val="00BD6E14"/>
@@ -18469,50 +18628,51 @@
     <w:rsid w:val="00D6775B"/>
     <w:rsid w:val="00DA0200"/>
     <w:rsid w:val="00DC0708"/>
     <w:rsid w:val="00DC12AD"/>
     <w:rsid w:val="00DC17D1"/>
     <w:rsid w:val="00DD019D"/>
     <w:rsid w:val="00DD0F9F"/>
     <w:rsid w:val="00DD68C7"/>
     <w:rsid w:val="00DE09BB"/>
     <w:rsid w:val="00DF12A6"/>
     <w:rsid w:val="00E015F3"/>
     <w:rsid w:val="00E0780D"/>
     <w:rsid w:val="00E31878"/>
     <w:rsid w:val="00E33395"/>
     <w:rsid w:val="00E37AE2"/>
     <w:rsid w:val="00E40E53"/>
     <w:rsid w:val="00E4580E"/>
     <w:rsid w:val="00E525DB"/>
     <w:rsid w:val="00E65574"/>
     <w:rsid w:val="00E702D6"/>
     <w:rsid w:val="00E80188"/>
     <w:rsid w:val="00E85C00"/>
     <w:rsid w:val="00E977C6"/>
     <w:rsid w:val="00EB0A9C"/>
     <w:rsid w:val="00EB1DA3"/>
+    <w:rsid w:val="00EB6CFD"/>
     <w:rsid w:val="00EC03B9"/>
     <w:rsid w:val="00EC1446"/>
     <w:rsid w:val="00ED1658"/>
     <w:rsid w:val="00ED62AF"/>
     <w:rsid w:val="00EF2F33"/>
     <w:rsid w:val="00EF7E0E"/>
     <w:rsid w:val="00F013ED"/>
     <w:rsid w:val="00F01895"/>
     <w:rsid w:val="00F03D0C"/>
     <w:rsid w:val="00F206DB"/>
     <w:rsid w:val="00F20E70"/>
     <w:rsid w:val="00F21400"/>
     <w:rsid w:val="00F21B51"/>
     <w:rsid w:val="00F4731F"/>
     <w:rsid w:val="00F61026"/>
     <w:rsid w:val="00F6485C"/>
     <w:rsid w:val="00F70141"/>
     <w:rsid w:val="00F739DE"/>
     <w:rsid w:val="00F746D3"/>
     <w:rsid w:val="00F76417"/>
     <w:rsid w:val="00F80659"/>
     <w:rsid w:val="00FB52EE"/>
     <w:rsid w:val="00FC7722"/>
     <w:rsid w:val="00FE480C"/>
     <w:rsid w:val="00FF0780"/>