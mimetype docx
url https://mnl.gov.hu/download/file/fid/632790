--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -30,51 +30,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0DA96563" w14:textId="77777777" w:rsidR="00227D2A" w:rsidRDefault="00227D2A" w:rsidP="00095A2D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4219"/>
         </w:tabs>
         <w:spacing w:before="113" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk71103732"/>
     </w:p>
-    <w:p w14:paraId="36A344A2" w14:textId="45126151" w:rsidR="00095A2D" w:rsidRPr="00095A2D" w:rsidRDefault="00095A2D" w:rsidP="00095A2D">
+    <w:p w14:paraId="36A344A2" w14:textId="6269B5CF" w:rsidR="00095A2D" w:rsidRPr="00095A2D" w:rsidRDefault="00095A2D" w:rsidP="00095A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk71100577"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00095A2D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Iktatószám: MNL/</w:t>
       </w:r>
       <w:r w:rsidR="00AA290E">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
@@ -90,58 +90,58 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00095A2D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00095A2D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>-…/202</w:t>
       </w:r>
-      <w:r w:rsidR="00DD500F">
+      <w:r w:rsidR="004B11D8">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00095A2D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308CC123" w14:textId="77777777" w:rsidR="00095A2D" w:rsidRPr="00095A2D" w:rsidRDefault="00095A2D" w:rsidP="00095A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F8002AF" w14:textId="77777777" w:rsidR="007E470D" w:rsidRDefault="007E470D" w:rsidP="007E470D">
       <w:pPr>
@@ -3547,144 +3547,140 @@
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="006F5786" w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Az iratkezelési rendszer fajtája</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="958" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A66B1B3" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Iratátvétel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40BBF1ED" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Postabontás</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="053CD908" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Érkeztetés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A5EC9C6" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Iktatás</w:t>
             </w:r>
@@ -3732,83 +3728,81 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct35" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0F6D9B86" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AF41E6C" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>(szervezeti egység szerint)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="023FFEAA" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="006F5786" w:rsidP="006F5786">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>(könyvek szerint)</w:t>
             </w:r>
@@ -4172,51 +4166,50 @@
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1059" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C477114" w14:textId="77777777" w:rsidR="006F5786" w:rsidRPr="006F5786" w:rsidRDefault="00615C65" w:rsidP="00AE6F53">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:spacing w:before="172" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F5786">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -10314,389 +10307,381 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="004415DD" w:rsidRPr="004415DD" w14:paraId="3507B8E6" w14:textId="77777777" w:rsidTr="00E907BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="098A1DCD" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12A5E67E" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0188246A" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5EE9ADEA" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45C1E36E" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A3ED27F" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="171E1C52" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79312285" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D063303" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21DFED1B" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2697F7C2" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F0883E0" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74B7FD44" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="517C1230" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FD29847" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D28914A" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10747,99 +10732,97 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52D4454B" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="347329E2" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="411AA28F" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35DB3186" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10850,342 +10833,334 @@
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004415DD" w:rsidRPr="004415DD" w14:paraId="0ACC403A" w14:textId="77777777" w:rsidTr="00E907BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1713"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="044D1385" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Irattár sor-száma</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BF27F21" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Irattár neve,</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> helye és címe (emelet, ajtó)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4103D61A" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Klimatikai viszonyok</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4B39775D" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Fényviszony</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="76A51568" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Tisztaság</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="363322D4" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Kizárólag irattár</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="62CBF628" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Tűzbiztos</w:t>
             </w:r>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="45AF3FE3" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Zárható</w:t>
@@ -11204,83 +11179,81 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Befogadó-képesség (pfm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="0859E895" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Telítettség (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C3C4D34" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="004415DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Megjegyzés</w:t>
             </w:r>
@@ -11296,1146 +11269,1096 @@
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004415DD">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>(beázás vagy egyéb káresemény történt-e korábban, nyomai az irattár-ban)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004415DD" w:rsidRPr="004415DD" w14:paraId="4AC6B274" w14:textId="77777777" w:rsidTr="00AE6F53">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C89AE1" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22EA9137" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD1BEE7" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5895682D" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76CA7264" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F9363AF" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64640611" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C499DAE" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F32FE71" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="425813FC" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="480389B5" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004415DD" w:rsidRPr="004415DD" w14:paraId="7DD65586" w14:textId="77777777" w:rsidTr="00AE6F53">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B8F3D7" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="296F67EF" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31F2F3B9" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="507CC703" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DEBB0E1" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35ED8C11" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75234A54" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65E776C5" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BC43FF3" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D64C0F" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62309BD0" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004415DD" w:rsidRPr="004415DD" w14:paraId="4DDE72B4" w14:textId="77777777" w:rsidTr="00AE6F53">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="229BE327" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5166112E" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53ADEC86" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5257B036" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090FF82A" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B00FFD" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3162479C" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2261F853" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23805B06" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E30CAFA" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00E78B7A" w14:textId="77777777" w:rsidR="004415DD" w:rsidRPr="004415DD" w:rsidRDefault="004415DD" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="004415DD" w14:paraId="0FADC9CB" w14:textId="77777777" w:rsidTr="00AE6F53">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69E343BF" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EAAF251" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F1EF7E7" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="321910AA" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06A128FF" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FAE6CF1" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11963D22" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BB40443" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5414600C" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB580CE" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1B2D83" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="004415DD" w14:paraId="29F7506A" w14:textId="77777777" w:rsidTr="00AE6F53">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19232400" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7428D0C4" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CDDD4F4" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453F8841" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="315B09DE" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C9664D7" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A741C2" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B92650D" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A3B78B2" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="469202E4" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A85CC30" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="004415DD" w:rsidRDefault="00807BEC" w:rsidP="00AE6F53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FD4B978" w14:textId="77777777" w:rsidR="0021407D" w:rsidRDefault="0021407D" w:rsidP="004415DD">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
@@ -12574,91 +12497,89 @@
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1126"/>
         <w:gridCol w:w="1075"/>
         <w:gridCol w:w="1658"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="953"/>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="905"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="4CF1F6B5" w14:textId="77777777" w:rsidTr="00F82BD7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EBF7638" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Irattár sorszáma</w:t>
             </w:r>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6227069A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Az iratok keletkeztetője</w:t>
             </w:r>
             <w:r w:rsidRPr="00C90B5A">
@@ -12758,167 +12679,163 @@
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Rendszere</w:t>
             </w:r>
             <w:r w:rsidR="00966CD0">
               <w:rPr>
                 <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
                 <w:i/>
                 <w:snapToGrid w:val="0"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="12"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F06EFCD" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Évköre</w:t>
             </w:r>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="13"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182A4B77" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Az iratanyag terjedelme (ifm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299DCC5A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="008433DE" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00807BEC" w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>elejtezhető</w:t>
             </w:r>
             <w:r w:rsidR="00966CD0">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25B57469" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="008433DE" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-93" w:right="-111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00807BEC" w:rsidRPr="00C90B5A">
@@ -12975,831 +12892,795 @@
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>egjegyzés</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="02448C9F" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79925558" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DE0F7C4" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8E2280" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79CE4B8F" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A359C97" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75C53F91" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B24A17A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37538C47" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B395A29" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="07510675" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AD36C4E" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BEEBD30" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50DCA48A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BA134A0" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="326CA695" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D3F6E69" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="557B622C" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79721C61" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29B7B2BF" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="74C54944" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A716B67" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C323165" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C9DEDDF" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41BB595B" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B5FCDA0" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35605D99" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CF394B1" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379C2989" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CF2416F" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="53CE80EE" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F989EFA" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D17BE9A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02F7F55D" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D8C94F9" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="153C0A66" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B67B1DD" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141F37B7" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA92573" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500E6892" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="4A1D0245" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="343506C6" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7151AB60" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65286CB9" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ADFCFF2" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57394F7A" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CAAEFFC" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54C56944" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346443EC" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="058E95FF" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w14:paraId="5BD9D476" w14:textId="77777777" w:rsidTr="00CB7B0B">
         <w:trPr>
           <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55ECF877" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00C90B5A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Összesen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13851,51 +13732,50 @@
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A0173B5" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="953" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04C0CF95" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E83F06" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="00C90B5A" w:rsidRDefault="00807BEC" w:rsidP="00CB7B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
@@ -15616,150 +15496,146 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Kelt.:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3029"/>
         <w:gridCol w:w="3017"/>
         <w:gridCol w:w="3025"/>
       </w:tblGrid>
       <w:tr w:rsidR="002926AB" w:rsidRPr="002926AB" w14:paraId="593B1623" w14:textId="77777777" w:rsidTr="002926AB">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="309CB926" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0777B94E" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002926AB">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>P.H.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3025" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="170C984A" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002926AB" w:rsidRPr="002926AB" w14:paraId="4BB32C02" w14:textId="77777777" w:rsidTr="002926AB">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ACD32F4" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002926AB">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
@@ -15790,79 +15666,77 @@
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Szabolcs-Szatmár-Bereg Vármegyei Levéltára</w:t>
             </w:r>
             <w:r w:rsidR="002926AB" w:rsidRPr="002926AB">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t xml:space="preserve"> részéről</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56B2DCED" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26D25939" w14:textId="77777777" w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidRDefault="002926AB" w:rsidP="002926AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
                 <w:tab w:val="center" w:pos="2268"/>
                 <w:tab w:val="center" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="96" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002926AB">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Tahoma"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
@@ -15911,61 +15785,61 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002926AB" w:rsidRPr="002926AB" w:rsidSect="00B12467">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D1B7F6D" w14:textId="77777777" w:rsidR="00D92C34" w:rsidRDefault="00D92C34" w:rsidP="00B16DAE">
+    <w:p w14:paraId="642197F4" w14:textId="77777777" w:rsidR="00495361" w:rsidRDefault="00495361" w:rsidP="00B16DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D14DD86" w14:textId="77777777" w:rsidR="00D92C34" w:rsidRDefault="00D92C34" w:rsidP="00B16DAE">
+    <w:p w14:paraId="68ABAEB2" w14:textId="77777777" w:rsidR="00495361" w:rsidRDefault="00495361" w:rsidP="00B16DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -16356,61 +16230,61 @@
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="375944D6" w14:textId="77777777" w:rsidR="00C4090E" w:rsidRPr="00095A2D" w:rsidRDefault="00C4090E">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76B285A7" w14:textId="77777777" w:rsidR="00C4090E" w:rsidRDefault="00C4090E">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78FF9404" w14:textId="77777777" w:rsidR="00D92C34" w:rsidRDefault="00D92C34" w:rsidP="00B16DAE">
+    <w:p w14:paraId="0AA105C8" w14:textId="77777777" w:rsidR="00495361" w:rsidRDefault="00495361" w:rsidP="00B16DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DD90918" w14:textId="77777777" w:rsidR="00D92C34" w:rsidRDefault="00D92C34" w:rsidP="00B16DAE">
+    <w:p w14:paraId="41276AD2" w14:textId="77777777" w:rsidR="00495361" w:rsidRDefault="00495361" w:rsidP="00B16DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="353BF768" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="001133C5" w:rsidRDefault="00807BEC" w:rsidP="001133C5">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="588F21DA" w14:textId="77777777" w:rsidR="00807BEC" w:rsidRPr="001133C5" w:rsidRDefault="00807BEC" w:rsidP="001133C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
@@ -20381,51 +20255,51 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="248391315">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2126339562">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2031370291">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="358045668">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1787969636">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="414017319">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -20473,53 +20347,55 @@
     <w:rsid w:val="002E1FC2"/>
     <w:rsid w:val="002E6C58"/>
     <w:rsid w:val="002F7A48"/>
     <w:rsid w:val="00307CA7"/>
     <w:rsid w:val="00330584"/>
     <w:rsid w:val="00347ABB"/>
     <w:rsid w:val="003602CF"/>
     <w:rsid w:val="00367849"/>
     <w:rsid w:val="003754D9"/>
     <w:rsid w:val="003921C4"/>
     <w:rsid w:val="003A5778"/>
     <w:rsid w:val="003C05CB"/>
     <w:rsid w:val="003C2152"/>
     <w:rsid w:val="003D29A9"/>
     <w:rsid w:val="003E3DC7"/>
     <w:rsid w:val="003F3640"/>
     <w:rsid w:val="003F74D1"/>
     <w:rsid w:val="004415DD"/>
     <w:rsid w:val="00453BB7"/>
     <w:rsid w:val="00457132"/>
     <w:rsid w:val="004660BA"/>
     <w:rsid w:val="00475198"/>
     <w:rsid w:val="00477055"/>
     <w:rsid w:val="004800F3"/>
     <w:rsid w:val="00493556"/>
+    <w:rsid w:val="00495361"/>
     <w:rsid w:val="0049610B"/>
     <w:rsid w:val="004A26CC"/>
     <w:rsid w:val="004A43FC"/>
+    <w:rsid w:val="004B11D8"/>
     <w:rsid w:val="004B52B6"/>
     <w:rsid w:val="004C0F29"/>
     <w:rsid w:val="004F0E23"/>
     <w:rsid w:val="00504172"/>
     <w:rsid w:val="005074FB"/>
     <w:rsid w:val="00516AF5"/>
     <w:rsid w:val="00517C4E"/>
     <w:rsid w:val="005365FC"/>
     <w:rsid w:val="00545B1E"/>
     <w:rsid w:val="00565506"/>
     <w:rsid w:val="005658EF"/>
     <w:rsid w:val="00577888"/>
     <w:rsid w:val="00582ED8"/>
     <w:rsid w:val="005B6F84"/>
     <w:rsid w:val="005C7C18"/>
     <w:rsid w:val="005F6EC8"/>
     <w:rsid w:val="00615C65"/>
     <w:rsid w:val="00615EF6"/>
     <w:rsid w:val="00651E94"/>
     <w:rsid w:val="00662F8F"/>
     <w:rsid w:val="0069774D"/>
     <w:rsid w:val="006A4FA5"/>
     <w:rsid w:val="006B7E2B"/>
     <w:rsid w:val="006C5BDE"/>
     <w:rsid w:val="006D073C"/>
@@ -20564,50 +20440,51 @@
     <w:rsid w:val="00912610"/>
     <w:rsid w:val="00925652"/>
     <w:rsid w:val="009644BD"/>
     <w:rsid w:val="00966CD0"/>
     <w:rsid w:val="00970223"/>
     <w:rsid w:val="009812D6"/>
     <w:rsid w:val="009B1F02"/>
     <w:rsid w:val="009B28B8"/>
     <w:rsid w:val="009B68E2"/>
     <w:rsid w:val="009C4473"/>
     <w:rsid w:val="009D2FD6"/>
     <w:rsid w:val="009E5075"/>
     <w:rsid w:val="009F0E7E"/>
     <w:rsid w:val="00A051E8"/>
     <w:rsid w:val="00A160F1"/>
     <w:rsid w:val="00A239EA"/>
     <w:rsid w:val="00A2691A"/>
     <w:rsid w:val="00A503BD"/>
     <w:rsid w:val="00A56DDD"/>
     <w:rsid w:val="00A65D6D"/>
     <w:rsid w:val="00A679B8"/>
     <w:rsid w:val="00A84A60"/>
     <w:rsid w:val="00A95480"/>
     <w:rsid w:val="00AA290E"/>
     <w:rsid w:val="00AD0E83"/>
+    <w:rsid w:val="00AD6923"/>
     <w:rsid w:val="00AE6F53"/>
     <w:rsid w:val="00AF048D"/>
     <w:rsid w:val="00AF2268"/>
     <w:rsid w:val="00B12467"/>
     <w:rsid w:val="00B16DAE"/>
     <w:rsid w:val="00B26F54"/>
     <w:rsid w:val="00B30A0D"/>
     <w:rsid w:val="00B40911"/>
     <w:rsid w:val="00B411AC"/>
     <w:rsid w:val="00B46B18"/>
     <w:rsid w:val="00B51FE8"/>
     <w:rsid w:val="00B658C1"/>
     <w:rsid w:val="00B73E52"/>
     <w:rsid w:val="00B80948"/>
     <w:rsid w:val="00B846E5"/>
     <w:rsid w:val="00B87565"/>
     <w:rsid w:val="00BA3260"/>
     <w:rsid w:val="00BC4E94"/>
     <w:rsid w:val="00BC5550"/>
     <w:rsid w:val="00BD5A10"/>
     <w:rsid w:val="00BE1195"/>
     <w:rsid w:val="00BE4D6A"/>
     <w:rsid w:val="00BE5F64"/>
     <w:rsid w:val="00BE6B24"/>
     <w:rsid w:val="00BF63CD"/>